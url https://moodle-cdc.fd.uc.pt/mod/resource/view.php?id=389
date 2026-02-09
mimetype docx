--- v0 (2025-12-21)
+++ v1 (2026-02-09)
@@ -736,119 +736,115 @@
                                   <w:sz w:val="28"/>
                                   <w:szCs w:val="28"/>
                                   <w:lang w:val="pt-PT"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> - mm – </w:t>
                               </w:r>
                               <w:proofErr w:type="spellStart"/>
                               <w:r w:rsidRPr="0093106C">
                                 <w:rPr>
                                   <w:sz w:val="28"/>
                                   <w:szCs w:val="28"/>
                                   <w:lang w:val="pt-PT"/>
                                 </w:rPr>
                                 <w:t>aaaa</w:t>
                               </w:r>
                               <w:proofErr w:type="spellEnd"/>
                               <w:r w:rsidRPr="0093106C">
                                 <w:rPr>
                                   <w:sz w:val="28"/>
                                   <w:szCs w:val="28"/>
                                   <w:lang w:val="pt-PT"/>
                                 </w:rPr>
                                 <w:t>]</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="2B7B5F9F" w14:textId="7A118A0C" w:rsidR="00701E03" w:rsidRPr="0093106C" w:rsidRDefault="0093106C" w:rsidP="0093106C">
+                            <w:p w14:paraId="2B7B5F9F" w14:textId="2EF9B0EB" w:rsidR="00701E03" w:rsidRPr="0093106C" w:rsidRDefault="0093106C" w:rsidP="0093106C">
                               <w:pPr>
                                 <w:tabs>
                                   <w:tab w:val="right" w:leader="dot" w:pos="6804"/>
                                 </w:tabs>
                                 <w:spacing w:line="240" w:lineRule="auto"/>
                                 <w:ind w:firstLine="0"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="28"/>
                                   <w:szCs w:val="28"/>
                                   <w:lang w:val="pt-PT"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:sz w:val="28"/>
                                   <w:szCs w:val="28"/>
                                   <w:lang w:val="pt-PT"/>
                                 </w:rPr>
                                 <w:t>[20</w:t>
                               </w:r>
                               <w:r w:rsidR="00F51203">
                                 <w:rPr>
                                   <w:sz w:val="28"/>
                                   <w:szCs w:val="28"/>
                                   <w:lang w:val="pt-PT"/>
                                 </w:rPr>
                                 <w:t>2</w:t>
                               </w:r>
-                              <w:r w:rsidR="0026515E">
-[...5 lines deleted...]
-                                <w:t>5</w:t>
+                              <w:r w:rsidR="00BE4DC7">
+                                <w:rPr>
+                                  <w:sz w:val="28"/>
+                                  <w:szCs w:val="28"/>
+                                  <w:lang w:val="pt-PT"/>
+                                </w:rPr>
+                                <w:t>6</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:sz w:val="28"/>
                                   <w:szCs w:val="28"/>
                                   <w:lang w:val="pt-PT"/>
                                 </w:rPr>
                                 <w:t>]</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                           <a:spAutoFit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:group w14:anchorId="7A9F71F5" id="Grupo 12" o:spid="_x0000_s1027" style="position:absolute;margin-left:51.85pt;margin-top:18.65pt;width:483.7pt;height:60.65pt;z-index:251663360;mso-width-relative:margin" coordorigin="-1047" coordsize="61433,7708" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBXQBb5sgIAAOIHAAAOAAAAZHJzL2Uyb0RvYy54bWzkld1u2yAUx+8n7R0Q960/ajeJVafq0qaa&#10;1G2V2j0AwdhGw8CAxO6evgecr3a76jSp0nLhgPH5c87vnAMXl0Mn0IYZy5UscXIaY8QkVRWXTYm/&#10;Py5PphhZR2RFhJKsxE/M4sv5xw8XvS5YqlolKmYQiEhb9LrErXO6iCJLW9YRe6o0k7BYK9MRB1PT&#10;RJUhPah3Ikrj+Dzqlam0UZRZC2+vx0U8D/p1zaj7VteWOSRKDL658DThufLPaH5BisYQ3XK6dYO8&#10;wYuOcAmb7qWuiSNobfhvUh2nRllVu1OqukjVNacsxADRJPGraG6NWusQS1P0jd5jArSvOL1Zln7d&#10;3Br9oO8NkOh1AyzCzMcy1Kbz/+AlGgKypz0yNjhE4eV5kqWzGZClsDaZxGmej0xpC+C92UkSZ5NJ&#10;htHBmLY3B/Ozsyzdm08nU28e7TaPXrjUaygSe+Bg/47DQ0s0C3htARzuDeJVicEZSToo1QXhA0EV&#10;Q48QrEKpd8x7AJ96XsgNnxTEl4S8W32n6A+LpFq0RDbsyhjVt4xU4GMSQjoyHXWsF1n1X1QFm5G1&#10;U0HoFfQ/0NuhT7IkBnhbdnkyPZu9YEcKbay7ZapDflBiA90Q9iCbO+tGzLtPfJ6tErxaciHCxDSr&#10;hTBoQ6BzluG3VX/xmZCoL/EsT/OgLJW3B2lSdNxBZwvelXga+583J4VnciOrMHaEi3EMCRcS8u4h&#10;eS4jITeshpCTQNCvrVT1BNSMGhsZDh4YtMr8wqiHJi6x/bkmhmEkPksgP0uyzHd9mGT5JIWJOV5Z&#10;Ha8QSUGqxA6jcbhw4aQIOPQVZGjJA7aDJ1uXoShHj/95dUK631F1JsA0zsbeTmbxWICk2FVolk+T&#10;PP0vKnR/OrznCg2nKVwk4YDdXnr+pjqeh4o+XM3zZwAAAP//AwBQSwMEFAAGAAgAAAAhAH+Reibg&#10;AAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FqwzAMhu+DvYNRYbfV9kKbksYppWw7lcHawdjN&#10;jdUkNLZD7Cbp2089bTf96OPXp3wz2ZYN2IfGOwVyLoChK71pXKXg6/j2vAIWonZGt96hghsG2BSP&#10;D7nOjB/dJw6HWDEqcSHTCuoYu4zzUNZodZj7Dh3tzr63OlLsK256PVK5bfmLEEtudePoQq073NVY&#10;Xg5Xq+B91OM2ka/D/nLe3X6Oi4/vvUSlnmbTdg0s4hT/YLjrkzoU5HTyV2cCaymLJCVUQZImwO6A&#10;SKUEdqJpsVoCL3L+/4fiFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFdAFvmyAgAA4gcA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAH+ReibgAAAA&#10;CwEAAA8AAAAAAAAAAAAAAAAADAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAZBgAA&#10;AAA=&#10;">
-                <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...2 lines deleted...]
-                </v:shapetype>
                 <v:shape id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:-1047;width:14102;height:7518;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAGfkl1wAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NisIw&#10;FIX3gu8QruBOUwVlqEYRQRBxoY4Ll5fm2tQ2N7WJWt9+MiC4PJyfjzNftrYST2p84VjBaJiAIM6c&#10;LjhXcP7dDH5A+ICssXJMCt7kYbnoduaYavfiIz1PIRdxhH2KCkwIdSqlzwxZ9ENXE0fv6hqLIcom&#10;l7rBVxy3lRwnyVRaLDgSDNa0NpSVp4eNkL3PHkd3v432pbyYcoqTg9kp1e+1qxmIQG34hj/trVYw&#10;hv8r8QbIxR8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEABn5JdcAAAADaAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" stroked="f">
                   <v:textbox style="mso-fit-shape-to-text:t">
                     <w:txbxContent>
                       <w:p w14:paraId="00089803" w14:textId="77777777" w:rsidR="008A1EC1" w:rsidRPr="00244F6D" w:rsidRDefault="00701E03" w:rsidP="008A1EC1">
                         <w:pPr>
                           <w:spacing w:line="240" w:lineRule="auto"/>
                           <w:ind w:firstLine="0"/>
                           <w:jc w:val="right"/>
                           <w:rPr>
                             <w:rFonts w:cs="Times New Roman"/>
                             <w:smallCaps/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                             <w:lang w:val="pt-PT"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00244F6D">
                           <w:rPr>
                             <w:rFonts w:cs="Times New Roman"/>
                             <w:smallCaps/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                             <w:lang w:val="pt-PT"/>
                           </w:rPr>
                           <w:t>n</w:t>
@@ -1015,87 +1011,87 @@
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                             <w:lang w:val="pt-PT"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> - mm – </w:t>
                         </w:r>
                         <w:proofErr w:type="spellStart"/>
                         <w:r w:rsidRPr="0093106C">
                           <w:rPr>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                             <w:lang w:val="pt-PT"/>
                           </w:rPr>
                           <w:t>aaaa</w:t>
                         </w:r>
                         <w:proofErr w:type="spellEnd"/>
                         <w:r w:rsidRPr="0093106C">
                           <w:rPr>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                             <w:lang w:val="pt-PT"/>
                           </w:rPr>
                           <w:t>]</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="2B7B5F9F" w14:textId="7A118A0C" w:rsidR="00701E03" w:rsidRPr="0093106C" w:rsidRDefault="0093106C" w:rsidP="0093106C">
+                      <w:p w14:paraId="2B7B5F9F" w14:textId="2EF9B0EB" w:rsidR="00701E03" w:rsidRPr="0093106C" w:rsidRDefault="0093106C" w:rsidP="0093106C">
                         <w:pPr>
                           <w:tabs>
                             <w:tab w:val="right" w:leader="dot" w:pos="6804"/>
                           </w:tabs>
                           <w:spacing w:line="240" w:lineRule="auto"/>
                           <w:ind w:firstLine="0"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                             <w:lang w:val="pt-PT"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                             <w:lang w:val="pt-PT"/>
                           </w:rPr>
                           <w:t>[20</w:t>
                         </w:r>
                         <w:r w:rsidR="00F51203">
                           <w:rPr>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                             <w:lang w:val="pt-PT"/>
                           </w:rPr>
                           <w:t>2</w:t>
                         </w:r>
-                        <w:r w:rsidR="0026515E">
-[...5 lines deleted...]
-                          <w:t>5</w:t>
+                        <w:r w:rsidR="00BE4DC7">
+                          <w:rPr>
+                            <w:sz w:val="28"/>
+                            <w:szCs w:val="28"/>
+                            <w:lang w:val="pt-PT"/>
+                          </w:rPr>
+                          <w:t>6</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                             <w:lang w:val="pt-PT"/>
                           </w:rPr>
                           <w:t>]</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="57B1B5C9" w14:textId="77777777" w:rsidR="00701E03" w:rsidRDefault="00701E03" w:rsidP="008A1EC1">
       <w:pPr>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5797C6F8" w14:textId="77777777" w:rsidR="00701E03" w:rsidRPr="00701E03" w:rsidRDefault="00701E03" w:rsidP="008A1EC1">
@@ -1710,92 +1706,94 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="70"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F51203"/>
     <w:rsid w:val="00031838"/>
     <w:rsid w:val="00122BC8"/>
     <w:rsid w:val="00244F6D"/>
     <w:rsid w:val="0026515E"/>
     <w:rsid w:val="00382144"/>
     <w:rsid w:val="00491A4A"/>
     <w:rsid w:val="004C7F92"/>
     <w:rsid w:val="004F1CBF"/>
     <w:rsid w:val="00514A93"/>
     <w:rsid w:val="005D7FFB"/>
     <w:rsid w:val="006751AC"/>
     <w:rsid w:val="006A6844"/>
     <w:rsid w:val="006C5E8A"/>
     <w:rsid w:val="006F7B0A"/>
     <w:rsid w:val="00701E03"/>
     <w:rsid w:val="00756ACE"/>
     <w:rsid w:val="007D4BFB"/>
     <w:rsid w:val="00820B2B"/>
     <w:rsid w:val="008A1EC1"/>
     <w:rsid w:val="008A78A2"/>
     <w:rsid w:val="0093106C"/>
     <w:rsid w:val="00931C10"/>
     <w:rsid w:val="00A244D2"/>
     <w:rsid w:val="00A37E5A"/>
+    <w:rsid w:val="00B11E3F"/>
     <w:rsid w:val="00B1278E"/>
     <w:rsid w:val="00B353D6"/>
+    <w:rsid w:val="00BE4DC7"/>
     <w:rsid w:val="00D27E89"/>
     <w:rsid w:val="00DB561A"/>
     <w:rsid w:val="00F51203"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-PT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>